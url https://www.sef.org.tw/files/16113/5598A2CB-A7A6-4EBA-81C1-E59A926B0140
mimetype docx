--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -1,122 +1,100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00321C46" w:rsidRDefault="00E56D5D">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="48"/>
         </w:rPr>
         <w:t>邀請</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="微軟正黑體"/>
           <w:b/>
           <w:sz w:val="48"/>
         </w:rPr>
-        <w:t>財團法人海峽交流基金會演講</w:t>
-[...15 lines deleted...]
-        <w:t>授課</w:t>
+        <w:t>財團法人海峽交流基金會演講/授課</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:sz w:val="48"/>
         </w:rPr>
         <w:t>申請表</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9252" w:type="dxa"/>
         <w:tblInd w:w="-46" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2710"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="1723"/>
       </w:tblGrid>
       <w:tr w:rsidR="00321C46">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1149"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00321C46" w:rsidRDefault="00E56D5D">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
@@ -161,217 +139,169 @@
             <w:tcW w:w="6542" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00321C46" w:rsidRDefault="00321C46">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00321C46">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1103"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00321C46" w:rsidRDefault="00E56D5D">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:ind w:left="57" w:right="57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t>演講</w:t>
-[...17 lines deleted...]
-              <w:t>授課主題</w:t>
+              <w:t>演講/授課主題</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6542" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00321C46" w:rsidRDefault="00321C46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00321C46">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1091"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00321C46" w:rsidRDefault="00E56D5D">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:ind w:left="57" w:right="57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t>演講</w:t>
-[...17 lines deleted...]
-              <w:t>授課時間</w:t>
+              <w:t>演講/授課時間</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6542" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00321C46" w:rsidRDefault="00E56D5D">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -380,163 +310,131 @@
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve">　　年　月　日（　）</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00321C46" w:rsidRDefault="00E56D5D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>○:○-○:○</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00321C46">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1107"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00321C46" w:rsidRDefault="00E56D5D">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:ind w:left="57" w:right="57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:b/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t>演講</w:t>
-[...17 lines deleted...]
-              <w:t>授課地點</w:t>
+              <w:t>演講/授課地點</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6542" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00321C46" w:rsidRDefault="00321C46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00321C46">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00321C46" w:rsidRDefault="00E56D5D">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
@@ -659,56 +557,50 @@
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="10" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="10" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00321C46" w:rsidRDefault="00321C46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00321C46">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1253"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00321C46" w:rsidRDefault="00E56D5D">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
@@ -819,56 +711,50 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00321C46" w:rsidRDefault="00321C46">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
               <w:ind w:left="57" w:right="57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="標楷體" w:hAnsi="Cambria"/>
                 <w:b/>
                 <w:spacing w:val="-20"/>
                 <w:sz w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00321C46">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2018"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00321C46" w:rsidRDefault="00E56D5D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
@@ -898,56 +784,50 @@
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00321C46" w:rsidRDefault="00321C46">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00321C46">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1383"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00321C46" w:rsidRDefault="00E56D5D">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
@@ -998,56 +878,50 @@
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00321C46" w:rsidRDefault="00321C46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="標楷體" w:hAnsi="Cambria"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00321C46">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1528"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2710" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00321C46" w:rsidRDefault="00E56D5D">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="exact"/>
@@ -1098,317 +972,351 @@
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00321C46" w:rsidRDefault="00321C46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="標楷體" w:hAnsi="Cambria"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00321C46" w:rsidRDefault="00321C46">
+    <w:p w:rsidR="0026251B" w:rsidRPr="0026251B" w:rsidRDefault="0026251B" w:rsidP="0026251B">
       <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...1 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="標楷體" w:hAnsi="Cambria" w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0026251B">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="標楷體" w:hAnsi="Cambria" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0026251B">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="標楷體" w:hAnsi="Cambria" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>請最晚於</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="標楷體" w:hAnsi="Cambria" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>演講</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0026251B">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="標楷體" w:hAnsi="Cambria" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>日期前</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="標楷體" w:hAnsi="Cambria" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="標楷體" w:hAnsi="Cambria" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>個月</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="0026251B">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="標楷體" w:hAnsi="Cambria" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>送件</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00321C46" w:rsidRDefault="00E56D5D">
+    <w:p w:rsidR="00321C46" w:rsidRDefault="0026251B" w:rsidP="0026251B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
+      <w:r w:rsidRPr="0026251B">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="標楷體" w:hAnsi="Cambria" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0026251B">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="標楷體" w:hAnsi="Cambria" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>申請表填妥</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="0026251B">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="標楷體" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="標楷體" w:hAnsi="Cambria" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>（</w:t>
+        <w:t>後請傳</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="0026251B">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="標楷體" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="標楷體" w:hAnsi="Cambria" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>申請表</w:t>
+        <w:t>sef0215@gmail.com</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
-[...19 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="0026251B">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="標楷體" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="標楷體" w:hAnsi="Cambria" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>海基會陳小姐，電話</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0026251B">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:eastAsia="標楷體" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="標楷體" w:hAnsi="Cambria" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>02-2175-7130</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:sectPr w:rsidR="00321C46">
-      <w:headerReference w:type="default" r:id="rId7"/>
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId6"/>
+      <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1079" w:right="1797" w:bottom="1258" w:left="1316" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E56D5D" w:rsidRDefault="00E56D5D">
+    <w:p w:rsidR="004350CF" w:rsidRDefault="004350CF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E56D5D" w:rsidRDefault="00E56D5D">
+    <w:p w:rsidR="004350CF" w:rsidRDefault="004350CF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="微軟正黑體">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="88"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="000002A7" w:usb1="28CF4400" w:usb2="00000016" w:usb3="00000000" w:csb0="00100009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00763B18" w:rsidRDefault="00E56D5D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00763B18" w:rsidRDefault="004350CF">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E56D5D" w:rsidRDefault="00E56D5D">
+    <w:p w:rsidR="004350CF" w:rsidRDefault="004350CF">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E56D5D" w:rsidRDefault="00E56D5D">
+    <w:p w:rsidR="004350CF" w:rsidRDefault="004350CF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00763B18" w:rsidRDefault="00E56D5D">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00763B18" w:rsidRDefault="004350CF">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="130"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00321C46"/>
+    <w:rsid w:val="0026251B"/>
     <w:rsid w:val="00321C46"/>
+    <w:rsid w:val="004350CF"/>
     <w:rsid w:val="00E56D5D"/>
     <w:rsid w:val="00FE2EED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="6DB0EB6A"/>
   <w15:docId w15:val="{43BEC1C1-E60E-4E27-A0BD-E78770B9C4C7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1470,98 +1378,95 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -1736,50 +1641,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="320" w:lineRule="exact"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="標楷體"/>
@@ -1998,59 +1907,55 @@
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af1">
     <w:name w:val="註解方塊文字 字元"/>
     <w:basedOn w:val="a0"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="新細明體" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:&#22635;&#22949;&#24460;&#35531;&#20659;sef0215@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="Normal" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2272,57 +2177,57 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>36</Words>
-  <Characters>211</Characters>
+  <Words>32</Words>
+  <Characters>183</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>246</CharactersWithSpaces>
+  <CharactersWithSpaces>214</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>行政院大陸委員會媒體採訪請示單</dc:title>
   <dc:subject/>
   <dc:creator>mac_scwei</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>